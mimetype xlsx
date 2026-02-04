--- v0 (2025-10-16)
+++ v1 (2026-02-04)
@@ -1,363 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.0.241\Dati\AMMINISTRAZIONE TRASPARENTE\PAGAMENTI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5CA37199-8229-42C6-9732-089AB69235B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C0DC2CB-414D-4B56-A765-BB97F4778A97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A1D47835-A40A-4286-ADBE-0724BE01BB7A}"/>
   </bookViews>
   <sheets>
     <sheet name="INDICE TEMPESTIVITA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E148" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="68">
-[...161 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="64">
   <si>
     <t>Anno</t>
   </si>
   <si>
     <t>Trimestre</t>
   </si>
   <si>
     <t>Categoria di spesa</t>
   </si>
   <si>
     <t>Tipologia di spesa</t>
   </si>
   <si>
     <t>Importo</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Uscite correnti</t>
   </si>
   <si>
     <t>Acquisto di beni e servizi</t>
   </si>
   <si>
     <t>Beneficiario del pagamento</t>
   </si>
   <si>
     <t>Soggetto privato</t>
   </si>
   <si>
     <t>Uscite conto capitale</t>
   </si>
   <si>
     <t>Investimenti in beni materiali</t>
   </si>
   <si>
-    <t>AGENZIA MAZZINI  SNC</t>
-[...2 lines deleted...]
-    <t>B-TEAM S.N.C.</t>
+    <t>01351020530</t>
+  </si>
+  <si>
+    <t>00879960524</t>
+  </si>
+  <si>
+    <t>00608080537</t>
+  </si>
+  <si>
+    <t>97081660157</t>
+  </si>
+  <si>
+    <t>15386841009</t>
+  </si>
+  <si>
+    <t>01034810539</t>
+  </si>
+  <si>
+    <t>01099430538</t>
+  </si>
+  <si>
+    <t>01622240537</t>
+  </si>
+  <si>
+    <t>01394840530</t>
+  </si>
+  <si>
+    <t>01645990530</t>
+  </si>
+  <si>
+    <t>08083020019</t>
+  </si>
+  <si>
+    <t>00763300480</t>
+  </si>
+  <si>
+    <t>01271060533</t>
+  </si>
+  <si>
+    <t>00839210531</t>
+  </si>
+  <si>
+    <t>01431580511</t>
+  </si>
+  <si>
+    <t>03359340548</t>
+  </si>
+  <si>
+    <t>01186980536</t>
+  </si>
+  <si>
+    <t>00698550159</t>
+  </si>
+  <si>
+    <t>08510870960</t>
+  </si>
+  <si>
+    <t>12883420155</t>
+  </si>
+  <si>
+    <t>00304790538</t>
+  </si>
+  <si>
+    <t>04552920482</t>
+  </si>
+  <si>
+    <t>01075160539</t>
+  </si>
+  <si>
+    <t>00625930532</t>
+  </si>
+  <si>
+    <t>01185580535</t>
+  </si>
+  <si>
+    <t>12878470157</t>
+  </si>
+  <si>
+    <t>04761570482</t>
+  </si>
+  <si>
+    <t>02313821007</t>
+  </si>
+  <si>
+    <t>01110000526</t>
+  </si>
+  <si>
+    <t>07491520156</t>
+  </si>
+  <si>
+    <t>01590680532</t>
+  </si>
+  <si>
+    <t>05066690156</t>
+  </si>
+  <si>
+    <t>05892970152</t>
+  </si>
+  <si>
+    <t>01349420529</t>
+  </si>
+  <si>
+    <t>01035310414</t>
+  </si>
+  <si>
+    <t>00358540524</t>
+  </si>
+  <si>
+    <t>93026890017</t>
+  </si>
+  <si>
+    <t>02517580920</t>
+  </si>
+  <si>
+    <t>01899370512</t>
+  </si>
+  <si>
+    <t>01503860536</t>
+  </si>
+  <si>
+    <t>01237620537</t>
+  </si>
+  <si>
+    <t>00117100537</t>
+  </si>
+  <si>
+    <t>00905380531</t>
+  </si>
+  <si>
+    <t>01483910558</t>
+  </si>
+  <si>
+    <t>01305730531</t>
+  </si>
+  <si>
+    <t>00070080536</t>
+  </si>
+  <si>
+    <t>01543930539</t>
+  </si>
+  <si>
+    <t>06876440485</t>
+  </si>
+  <si>
+    <t>02253560540</t>
+  </si>
+  <si>
+    <t>00178180394</t>
+  </si>
+  <si>
+    <t>02827030962</t>
+  </si>
+  <si>
+    <t>80078750587</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="166" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta 2" xfId="3" xr:uid="{58ADC260-B380-4A42-93DB-50A200318C8D}"/>
     <cellStyle name="Valuta 3" xfId="2" xr:uid="{00CC1061-3362-494C-8998-EBBFC9667AEB}"/>
     <cellStyle name="Valuta 4" xfId="1" xr:uid="{1D6404A1-C766-456A-8F47-6991B13295E5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -638,3003 +626,3003 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FD20B4A-06E1-4351-AAEA-534EBF24B2AC}">
   <dimension ref="A1:G148"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F1" sqref="F1"/>
+    <sheetView tabSelected="1" topLeftCell="A115" workbookViewId="0">
+      <selection activeCell="F70" sqref="F70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="19.5703125" style="7" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11" style="9" customWidth="1"/>
+    <col min="3" max="3" width="19.5703125" style="6" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="27.85546875" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11" style="8" customWidth="1"/>
     <col min="6" max="6" width="55.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>1</v>
+      </c>
+      <c r="C1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="6" t="s">
+        <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>58</v>
+        <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="6">
+      <c r="A2" s="4">
         <v>2025</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E2" s="2">
         <v>59.02</v>
       </c>
-      <c r="F2" s="1" t="s">
-        <v>0</v>
+      <c r="F2" s="9" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="6">
+      <c r="A3" s="4">
         <v>2025</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E3" s="2">
         <v>41.65</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="6">
+      <c r="A4" s="4">
         <v>2025</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E4" s="2">
         <v>179.62</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="6">
+      <c r="A5" s="4">
         <v>2025</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E5" s="2">
         <v>1969.06</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="6">
+      <c r="A6" s="4">
         <v>2025</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E6" s="2">
         <v>-2880</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="6">
+      <c r="A7" s="4">
         <v>2025</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E7" s="2">
         <v>5317</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="6">
+      <c r="A8" s="4">
         <v>2025</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E8" s="2">
         <v>835.96</v>
       </c>
-      <c r="F8" s="1" t="s">
-        <v>4</v>
+      <c r="F8" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="6">
+      <c r="A9" s="4">
         <v>2025</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E9" s="2">
         <v>99.44</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="6">
+      <c r="A10" s="4">
         <v>2025</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E10" s="2">
         <v>217.45</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="6">
+      <c r="A11" s="4">
         <v>2025</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E11" s="2">
         <v>826.89</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="6">
+      <c r="A12" s="4">
         <v>2025</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E12" s="2">
         <v>3206.4</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" s="6">
+      <c r="A13" s="4">
         <v>2025</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E13" s="2">
         <v>600</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="6">
+      <c r="A14" s="4">
         <v>2025</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E14" s="2">
         <v>3206.4</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="6">
+      <c r="A15" s="4">
         <v>2025</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E15" s="2">
         <v>600</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="6">
+      <c r="A16" s="4">
         <v>2025</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E16" s="2">
         <v>168</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A17" s="6">
+      <c r="A17" s="4">
         <v>2025</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E17" s="2">
         <v>450.45</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18" s="6">
+      <c r="A18" s="4">
         <v>2025</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E18" s="2">
         <v>24.56</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A19" s="6">
+      <c r="A19" s="4">
         <v>2025</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E19" s="2">
         <v>16.57</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="6">
+      <c r="A20" s="4">
         <v>2025</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E20" s="2">
         <v>2959.75</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A21" s="6">
+      <c r="A21" s="4">
         <v>2025</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E21" s="2">
         <v>513.91999999999996</v>
       </c>
-      <c r="F21" s="1" t="s">
-        <v>4</v>
+      <c r="F21" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A22" s="6">
+      <c r="A22" s="4">
         <v>2025</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E22" s="2">
         <v>28.69</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A23" s="6">
+      <c r="A23" s="4">
         <v>2025</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E23" s="2">
         <v>210</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A24" s="6">
+      <c r="A24" s="4">
         <v>2025</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E24" s="2">
         <v>24.59</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A25" s="6">
+      <c r="A25" s="4">
         <v>2025</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E25" s="2">
         <v>44.46</v>
       </c>
-      <c r="F25" s="1" t="s">
-        <v>11</v>
+      <c r="F25" s="9" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A26" s="6">
+      <c r="A26" s="4">
         <v>2025</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E26" s="2">
         <v>400</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A27" s="6">
+      <c r="A27" s="4">
         <v>2025</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E27" s="2">
         <v>233.61</v>
       </c>
-      <c r="F27" s="1" t="s">
-        <v>13</v>
+      <c r="F27" s="9" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A28" s="6">
+      <c r="A28" s="4">
         <v>2025</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E28" s="2">
         <v>35.24</v>
       </c>
-      <c r="F28" s="1" t="s">
-        <v>13</v>
+      <c r="F28" s="9" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A29" s="6">
+      <c r="A29" s="4">
         <v>2025</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E29" s="2">
         <v>53.5</v>
       </c>
-      <c r="F29" s="1" t="s">
-        <v>14</v>
+      <c r="F29" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A30" s="6">
+      <c r="A30" s="4">
         <v>2025</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E30" s="2">
         <v>441.6</v>
       </c>
-      <c r="F30" s="1" t="s">
-        <v>14</v>
+      <c r="F30" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A31" s="6">
+      <c r="A31" s="4">
         <v>2025</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E31" s="2">
         <v>1141.5</v>
       </c>
-      <c r="F31" s="1" t="s">
-        <v>14</v>
+      <c r="F31" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A32" s="6">
+      <c r="A32" s="4">
         <v>2025</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E32" s="2">
         <v>96</v>
       </c>
-      <c r="F32" s="1" t="s">
-        <v>14</v>
+      <c r="F32" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A33" s="6">
+      <c r="A33" s="4">
         <v>2025</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E33" s="2">
         <v>23.77</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A34" s="6">
+      <c r="A34" s="4">
         <v>2025</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E34" s="2">
         <v>586.5</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A35" s="6">
+      <c r="A35" s="4">
         <v>2025</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E35" s="2">
         <v>690</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A36" s="6">
+      <c r="A36" s="4">
         <v>2025</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E36" s="2">
         <v>937</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A37" s="6">
+      <c r="A37" s="4">
         <v>2025</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E37" s="2">
         <v>1327.29</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A38" s="6">
+      <c r="A38" s="4">
         <v>2025</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E38" s="2">
         <v>795</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A39" s="6">
+      <c r="A39" s="4">
         <v>2025</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E39" s="2">
         <v>2154.59</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A40" s="6">
+      <c r="A40" s="4">
         <v>2025</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E40" s="2">
         <v>201.29</v>
       </c>
-      <c r="F40" s="1" t="s">
-        <v>20</v>
+      <c r="F40" s="9" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A41" s="6">
+      <c r="A41" s="4">
         <v>2025</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E41" s="2">
         <v>363.94</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A42" s="6">
+      <c r="A42" s="4">
         <v>2025</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E42" s="2">
         <v>199.18</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A43" s="6">
+      <c r="A43" s="4">
         <v>2025</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E43" s="2">
         <v>10.65</v>
       </c>
-      <c r="F43" s="1" t="s">
-        <v>22</v>
+      <c r="F43" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A44" s="6">
+      <c r="A44" s="4">
         <v>2025</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E44" s="2">
         <v>41.48</v>
       </c>
-      <c r="F44" s="1" t="s">
-        <v>22</v>
+      <c r="F44" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A45" s="6">
+      <c r="A45" s="4">
         <v>2025</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E45" s="2">
         <v>13.53</v>
       </c>
-      <c r="F45" s="1" t="s">
-        <v>22</v>
+      <c r="F45" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A46" s="6">
+      <c r="A46" s="4">
         <v>2025</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E46" s="2">
         <v>15.54</v>
       </c>
-      <c r="F46" s="1" t="s">
-        <v>22</v>
+      <c r="F46" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A47" s="6">
+      <c r="A47" s="4">
         <v>2025</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E47" s="2">
         <v>55.57</v>
       </c>
-      <c r="F47" s="1" t="s">
-        <v>22</v>
+      <c r="F47" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A48" s="6">
+      <c r="A48" s="4">
         <v>2025</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E48" s="2">
         <v>56.84</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A49" s="6">
+      <c r="A49" s="4">
         <v>2025</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E49" s="2">
         <v>54.68</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A50" s="6">
+      <c r="A50" s="4">
         <v>2025</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E50" s="2">
         <v>60</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A51" s="6">
+      <c r="A51" s="4">
         <v>2025</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E51" s="2">
         <v>-2.46</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A52" s="6">
+      <c r="A52" s="4">
         <v>2025</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E52" s="2">
         <v>-3.98</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A53" s="6">
+      <c r="A53" s="4">
         <v>2025</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E53" s="2">
         <v>-1.4</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A54" s="6">
+      <c r="A54" s="4">
         <v>2025</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E54" s="2">
         <v>327</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A55" s="6">
+      <c r="A55" s="4">
         <v>2025</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E55" s="2">
         <v>7.87</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A56" s="6">
+      <c r="A56" s="4">
         <v>2025</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E56" s="2">
         <v>39.76</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A57" s="6">
+      <c r="A57" s="4">
         <v>2025</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E57" s="2">
         <v>59.7</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A58" s="6">
+      <c r="A58" s="4">
         <v>2025</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>5</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="E58" s="2">
         <v>1457.41</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A59" s="6">
+      <c r="A59" s="4">
         <v>2025</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E59" s="2">
         <v>612.55999999999995</v>
       </c>
-      <c r="F59" s="1" t="s">
-        <v>4</v>
+      <c r="F59" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A60" s="6">
+      <c r="A60" s="4">
         <v>2025</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E60" s="2">
         <v>143.25</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A61" s="6">
+      <c r="A61" s="4">
         <v>2025</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E61" s="2">
         <v>2672</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A62" s="6">
+      <c r="A62" s="4">
         <v>2025</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E62" s="2">
         <v>13.8</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A63" s="6">
+      <c r="A63" s="4">
         <v>2025</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E63" s="2">
         <v>273.69</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A64" s="6">
+      <c r="A64" s="4">
         <v>2025</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E64" s="2">
         <v>107.95</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A65" s="6">
+      <c r="A65" s="4">
         <v>2025</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E65" s="2">
         <v>270.24</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A66" s="6">
+      <c r="A66" s="4">
         <v>2025</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E66" s="2">
         <v>302.69</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A67" s="6">
+      <c r="A67" s="4">
         <v>2025</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E67" s="2">
         <v>267.33999999999997</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A68" s="6">
+      <c r="A68" s="4">
         <v>2025</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E68" s="2">
         <v>656</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A69" s="6">
+      <c r="A69" s="4">
         <v>2025</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E69" s="2">
         <v>88.76</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A70" s="6">
+      <c r="A70" s="4">
         <v>2025</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E70" s="2">
         <v>64.47</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A71" s="6">
+      <c r="A71" s="4">
         <v>2025</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E71" s="2">
         <v>132.66999999999999</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A72" s="6">
+      <c r="A72" s="4">
         <v>2025</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E72" s="2">
         <v>327</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A73" s="6">
+      <c r="A73" s="4">
         <v>2025</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E73" s="2">
         <v>775.57</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A74" s="6">
+      <c r="A74" s="4">
         <v>2025</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E74" s="2">
         <v>42.06</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A75" s="6">
+      <c r="A75" s="4">
         <v>2025</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E75" s="2">
         <v>303.60000000000002</v>
       </c>
-      <c r="F75" s="1" t="s">
-        <v>14</v>
+      <c r="F75" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A76" s="6">
+      <c r="A76" s="4">
         <v>2025</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E76" s="2">
         <v>42.75</v>
       </c>
-      <c r="F76" s="1" t="s">
-        <v>14</v>
+      <c r="F76" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A77" s="6">
+      <c r="A77" s="4">
         <v>2025</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>5</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="E77" s="2">
         <v>4000</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A78" s="6">
+      <c r="A78" s="4">
         <v>2025</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E78" s="2">
         <v>282</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A79" s="6">
+      <c r="A79" s="4">
         <v>2025</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E79" s="2">
         <v>110.43</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A80" s="6">
+      <c r="A80" s="4">
         <v>2025</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E80" s="2">
         <v>752</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A81" s="6">
+      <c r="A81" s="4">
         <v>2025</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>5</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="E81" s="2">
         <v>12000</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A82" s="6">
+      <c r="A82" s="4">
         <v>2025</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E82" s="2">
         <v>200</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A83" s="6">
+      <c r="A83" s="4">
         <v>2025</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E83" s="2">
         <v>1200</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A84" s="6">
+      <c r="A84" s="4">
         <v>2025</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E84" s="2">
         <v>2200</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A85" s="6">
+      <c r="A85" s="4">
         <v>2025</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E85" s="2">
         <v>95.31</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A86" s="6">
+      <c r="A86" s="4">
         <v>2025</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>5</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="E86" s="2">
         <v>2767.75</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A87" s="6">
+      <c r="A87" s="4">
         <v>2025</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E87" s="2">
         <v>113.1</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A88" s="6">
+      <c r="A88" s="4">
         <v>2025</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E88" s="2">
         <v>37.76</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A89" s="6">
+      <c r="A89" s="4">
         <v>2025</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E89" s="2">
         <v>201.29</v>
       </c>
-      <c r="F89" s="1" t="s">
-        <v>20</v>
+      <c r="F89" s="9" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A90" s="6">
+      <c r="A90" s="4">
         <v>2025</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E90" s="2">
         <v>17.72</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A91" s="6">
+      <c r="A91" s="4">
         <v>2025</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E91" s="2">
         <v>508.7</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A92" s="6">
+      <c r="A92" s="4">
         <v>2025</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E92" s="2">
         <v>94.66</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A93" s="6">
+      <c r="A93" s="4">
         <v>2025</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E93" s="2">
         <v>553.41</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A94" s="6">
+      <c r="A94" s="4">
         <v>2025</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E94" s="2">
         <v>3173.18</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A95" s="6">
+      <c r="A95" s="4">
         <v>2025</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E95" s="2">
         <v>434</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A96" s="6">
+      <c r="A96" s="4">
         <v>2025</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E96" s="2">
         <v>2475.1999999999998</v>
       </c>
-      <c r="F96" s="1" t="s">
-        <v>44</v>
+      <c r="F96" s="9" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A97" s="6">
+      <c r="A97" s="4">
         <v>2025</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E97" s="2">
         <v>2.33</v>
       </c>
-      <c r="F97" s="1" t="s">
-        <v>22</v>
+      <c r="F97" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A98" s="6">
+      <c r="A98" s="4">
         <v>2025</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E98" s="2">
         <v>6.63</v>
       </c>
-      <c r="F98" s="1" t="s">
-        <v>22</v>
+      <c r="F98" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A99" s="6">
+      <c r="A99" s="4">
         <v>2025</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E99" s="2">
         <v>14.54</v>
       </c>
-      <c r="F99" s="1" t="s">
-        <v>22</v>
+      <c r="F99" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A100" s="6">
+      <c r="A100" s="4">
         <v>2025</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E100" s="2">
         <v>23.8</v>
       </c>
-      <c r="F100" s="1" t="s">
-        <v>22</v>
+      <c r="F100" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A101" s="6">
+      <c r="A101" s="4">
         <v>2025</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E101" s="2">
         <v>276.02999999999997</v>
       </c>
-      <c r="F101" s="1" t="s">
-        <v>22</v>
+      <c r="F101" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A102" s="6">
+      <c r="A102" s="4">
         <v>2025</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E102" s="2">
         <v>46.03</v>
       </c>
-      <c r="F102" s="1" t="s">
-        <v>22</v>
+      <c r="F102" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A103" s="6">
+      <c r="A103" s="4">
         <v>2025</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E103" s="2">
         <v>43.95</v>
       </c>
-      <c r="F103" s="1" t="s">
-        <v>22</v>
+      <c r="F103" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A104" s="6">
+      <c r="A104" s="4">
         <v>2025</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E104" s="2">
         <v>5.1100000000000003</v>
       </c>
-      <c r="F104" s="1" t="s">
-        <v>22</v>
+      <c r="F104" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A105" s="6">
+      <c r="A105" s="4">
         <v>2025</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E105" s="2">
         <v>7.49</v>
       </c>
-      <c r="F105" s="1" t="s">
-        <v>22</v>
+      <c r="F105" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A106" s="6">
+      <c r="A106" s="4">
         <v>2025</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E106" s="2">
         <v>876.25</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A107" s="6">
+      <c r="A107" s="4">
         <v>2025</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D107" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E107" s="2">
         <v>450.45</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A108" s="6">
+      <c r="A108" s="4">
         <v>2025</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E108" s="2">
         <v>666.04</v>
       </c>
-      <c r="F108" s="1" t="s">
-        <v>4</v>
+      <c r="F108" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A109" s="6">
+      <c r="A109" s="4">
         <v>2025</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E109" s="2">
         <v>214.86</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A110" s="6">
+      <c r="A110" s="4">
         <v>2025</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E110" s="2">
         <v>152.88</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A111" s="6">
+      <c r="A111" s="4">
         <v>2025</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E111" s="2">
         <v>59.78</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A112" s="6">
+      <c r="A112" s="4">
         <v>2025</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E112" s="2">
         <v>717.55</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>5</v>
+        <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A113" s="6">
+      <c r="A113" s="4">
         <v>2025</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E113" s="2">
         <v>850</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A114" s="6">
+      <c r="A114" s="4">
         <v>2025</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E114" s="2">
         <v>788.44</v>
       </c>
-      <c r="F114" s="1" t="s">
-        <v>4</v>
+      <c r="F114" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A115" s="6">
+      <c r="A115" s="4">
         <v>2025</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E115" s="2">
         <v>0.01</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A116" s="6">
+      <c r="A116" s="4">
         <v>2025</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E116" s="2">
         <v>228.47</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A117" s="6">
+      <c r="A117" s="4">
         <v>2025</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E117" s="2">
         <v>300</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A118" s="6">
+      <c r="A118" s="4">
         <v>2025</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E118" s="2">
         <v>70</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A119" s="6">
+      <c r="A119" s="4">
         <v>2025</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E119" s="2">
         <v>32.78</v>
       </c>
-      <c r="F119" s="1" t="s">
-        <v>11</v>
+      <c r="F119" s="9" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A120" s="6">
+      <c r="A120" s="4">
         <v>2025</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E120" s="2">
         <v>252</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A121" s="6">
+      <c r="A121" s="4">
         <v>2025</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E121" s="2">
         <v>327</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A122" s="6">
+      <c r="A122" s="4">
         <v>2025</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E122" s="2">
         <v>788.14</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A123" s="6">
+      <c r="A123" s="4">
         <v>2025</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E123" s="2">
         <v>49.19</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A124" s="6">
+      <c r="A124" s="4">
         <v>2025</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E124" s="2">
         <v>29.51</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A125" s="6">
+      <c r="A125" s="4">
         <v>2025</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E125" s="2">
         <v>11.81</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A126" s="6">
+      <c r="A126" s="4">
         <v>2025</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E126" s="2">
         <v>71.150000000000006</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A127" s="6">
+      <c r="A127" s="4">
         <v>2025</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E127" s="2">
         <v>16.39</v>
       </c>
-      <c r="F127" s="1" t="s">
-        <v>13</v>
+      <c r="F127" s="9" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A128" s="6">
+      <c r="A128" s="4">
         <v>2025</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>5</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="E128" s="2">
         <v>850</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="129" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A129" s="6">
+      <c r="A129" s="4">
         <v>2025</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E129" s="2">
         <v>600</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A130" s="6">
+      <c r="A130" s="4">
         <v>2025</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E130" s="2">
         <v>201.29</v>
       </c>
-      <c r="F130" s="1" t="s">
-        <v>20</v>
+      <c r="F130" s="9" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A131" s="6">
+      <c r="A131" s="4">
         <v>2025</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E131" s="2">
         <v>364</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A132" s="6">
+      <c r="A132" s="4">
         <v>2025</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E132" s="2">
         <v>466.88</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A133" s="6">
+      <c r="A133" s="4">
         <v>2025</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E133" s="2">
         <v>3173.18</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="134" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A134" s="6">
+      <c r="A134" s="4">
         <v>2025</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E134" s="2">
         <v>2271.36</v>
       </c>
-      <c r="F134" s="1" t="s">
-        <v>44</v>
+      <c r="F134" s="9" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="135" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A135" s="6">
+      <c r="A135" s="4">
         <v>2025</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E135" s="2">
         <v>502.41</v>
       </c>
-      <c r="F135" s="1" t="s">
-        <v>4</v>
+      <c r="F135" s="9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A136" s="6">
+      <c r="A136" s="4">
         <v>2025</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E136" s="2">
         <v>227.67</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A137" s="6">
+      <c r="A137" s="4">
         <v>2025</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E137" s="2">
         <v>4</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A138" s="6">
+      <c r="A138" s="4">
         <v>2025</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D138" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E138" s="2">
         <v>104.93</v>
       </c>
-      <c r="F138" s="1" t="s">
-        <v>22</v>
+      <c r="F138" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A139" s="6">
+      <c r="A139" s="4">
         <v>2025</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D139" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E139" s="2">
         <v>45.06</v>
       </c>
-      <c r="F139" s="1" t="s">
-        <v>22</v>
+      <c r="F139" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A140" s="6">
+      <c r="A140" s="4">
         <v>2025</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E140" s="2">
         <v>79.11</v>
       </c>
-      <c r="F140" s="1" t="s">
-        <v>22</v>
+      <c r="F140" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A141" s="6">
+      <c r="A141" s="4">
         <v>2025</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D141" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E141" s="2">
         <v>12.8</v>
       </c>
-      <c r="F141" s="1" t="s">
-        <v>22</v>
+      <c r="F141" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A142" s="6">
+      <c r="A142" s="4">
         <v>2025</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D142" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E142" s="2">
         <v>16.72</v>
       </c>
-      <c r="F142" s="1" t="s">
-        <v>22</v>
+      <c r="F142" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A143" s="6">
+      <c r="A143" s="4">
         <v>2025</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E143" s="2">
         <v>82.93</v>
       </c>
-      <c r="F143" s="1" t="s">
-        <v>22</v>
+      <c r="F143" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A144" s="6">
+      <c r="A144" s="4">
         <v>2025</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E144" s="2">
         <v>876.25</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A145" s="6">
+      <c r="A145" s="4">
         <v>2025</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D145" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E145" s="2">
         <v>10.83</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A146" s="6">
+      <c r="A146" s="4">
         <v>2025</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E146" s="2">
         <v>165.43</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="147" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A147" s="6">
+      <c r="A147" s="4">
         <v>2025</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>5</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D147" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="E147" s="2">
         <v>450.45</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.25">
       <c r="E148" s="2">
         <f>SUM(E2:E147)</f>
         <v>86788.899999999951</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>